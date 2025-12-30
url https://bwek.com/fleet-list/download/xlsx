--- v0 (2025-10-09)
+++ v1 (2025-12-30)
@@ -179,51 +179,51 @@
   <si>
     <t>Epic Bonaire</t>
   </si>
   <si>
     <t>Epic Boracay</t>
   </si>
   <si>
     <t>Epic Borinquen</t>
   </si>
   <si>
     <t>Epic Borneo</t>
   </si>
   <si>
     <t>Epic Breeze</t>
   </si>
   <si>
     <t>Epic Burano</t>
   </si>
   <si>
     <t>Watanabe</t>
   </si>
   <si>
     <t>Epic Madeira</t>
   </si>
   <si>
-    <t>Epic Manhattan</t>
+    <t>BWEK Manhattan</t>
   </si>
   <si>
     <t>Epic Salina</t>
   </si>
   <si>
     <t>Epic Samos</t>
   </si>
   <si>
     <t>Epic Sardinia</t>
   </si>
   <si>
     <t>Epic Sentosa</t>
   </si>
   <si>
     <t>Epic Shikoku</t>
   </si>
   <si>
     <t>Epic Sicily</t>
   </si>
   <si>
     <t>Epic Sula</t>
   </si>
   <si>
     <t>Epic Sunter</t>
   </si>