--- v1 (2025-12-30)
+++ v2 (2026-02-09)
@@ -167,51 +167,51 @@
   <si>
     <t>Murakami Hide</t>
   </si>
   <si>
     <t>Epic Bermuda</t>
   </si>
   <si>
     <t>Epic Bolivar</t>
   </si>
   <si>
     <t>Shin Kurushima</t>
   </si>
   <si>
     <t>Epic Bonaire</t>
   </si>
   <si>
     <t>Epic Boracay</t>
   </si>
   <si>
     <t>Epic Borinquen</t>
   </si>
   <si>
     <t>Epic Borneo</t>
   </si>
   <si>
-    <t>Epic Breeze</t>
+    <t>BWEK Breeze</t>
   </si>
   <si>
     <t>Epic Burano</t>
   </si>
   <si>
     <t>Watanabe</t>
   </si>
   <si>
     <t>Epic Madeira</t>
   </si>
   <si>
     <t>BWEK Manhattan</t>
   </si>
   <si>
     <t>Epic Salina</t>
   </si>
   <si>
     <t>Epic Samos</t>
   </si>
   <si>
     <t>Epic Sardinia</t>
   </si>
   <si>
     <t>Epic Sentosa</t>
   </si>