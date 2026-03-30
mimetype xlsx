--- v2 (2026-02-09)
+++ v3 (2026-03-30)
@@ -12,95 +12,89 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
   <si>
     <t>BW Epic Kosan - Fleet List</t>
   </si>
   <si>
     <t>S/N</t>
   </si>
   <si>
     <t>Vessel Name</t>
   </si>
   <si>
     <t>cbm</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Built</t>
   </si>
   <si>
     <t>Yard</t>
   </si>
   <si>
     <t>Flag</t>
   </si>
   <si>
     <t>Curious Joel</t>
   </si>
   <si>
     <t>Ethylene/Semi-ref.</t>
   </si>
   <si>
     <t>Hyundai Mipo</t>
   </si>
   <si>
     <t>Liberia</t>
   </si>
   <si>
     <t>Satmar</t>
-  </si>
-[...4 lines deleted...]
-    <t>Greek</t>
   </si>
   <si>
     <t>BWEK Tenerife</t>
   </si>
   <si>
     <t>Semi-ref.</t>
   </si>
   <si>
     <t>STX Shipbuilding</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>BWEK Madagascar</t>
   </si>
   <si>
     <t>Pressurised</t>
   </si>
   <si>
     <t>Miura</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
@@ -616,51 +610,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G53"/>
+  <dimension ref="A1:G52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" s="2" customFormat="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:7" s="3" customFormat="1">
       <c r="A2" s="3" t="s">
         <v>1</v>
       </c>
@@ -715,1167 +709,1144 @@
       </c>
       <c r="C4" s="4">
         <v>12154</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
       <c r="E4">
         <v>2018</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
       <c r="G4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5">
         <v>3</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="4">
-        <v>12154</v>
+        <v>6500</v>
       </c>
       <c r="D5" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="E5">
-        <v>2016</v>
+        <v>2010</v>
       </c>
       <c r="F5" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6">
         <v>4</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C6" s="4">
-        <v>6500</v>
+        <v>9500</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="E6">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="F6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="G6" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7">
         <v>5</v>
       </c>
       <c r="B7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="C7" s="4">
-        <v>9500</v>
+        <v>7500</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="E7">
-        <v>2012</v>
+        <v>2025</v>
       </c>
       <c r="F7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8">
         <v>6</v>
       </c>
       <c r="B8" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="4">
-        <v>7500</v>
+        <v>12022</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="E8">
-        <v>2025</v>
+        <v>2011</v>
       </c>
       <c r="F8" t="s">
         <v>24</v>
       </c>
       <c r="G8" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9">
         <v>7</v>
       </c>
       <c r="B9" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C9" s="4">
-        <v>12022</v>
+        <v>9108</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
       <c r="E9">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="F9" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="G9" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10">
         <v>8</v>
       </c>
       <c r="B10" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C10" s="4">
-        <v>9108</v>
+        <v>9102</v>
       </c>
       <c r="D10" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="E10">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="F10" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G10" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11">
         <v>9</v>
       </c>
       <c r="B11" t="s">
+        <v>28</v>
+      </c>
+      <c r="C11" s="4">
+        <v>8046</v>
+      </c>
+      <c r="D11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E11">
+        <v>2008</v>
+      </c>
+      <c r="F11" t="s">
         <v>29</v>
       </c>
-      <c r="C11" s="4">
-[...10 lines deleted...]
-      </c>
       <c r="G11" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12">
         <v>10</v>
       </c>
       <c r="B12" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="4">
-        <v>8046</v>
+        <v>9000</v>
       </c>
       <c r="D12" t="s">
         <v>9</v>
       </c>
       <c r="E12">
         <v>2008</v>
       </c>
       <c r="F12" t="s">
+        <v>15</v>
+      </c>
+      <c r="G12" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13">
         <v>11</v>
       </c>
       <c r="B13" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="4">
         <v>9000</v>
       </c>
       <c r="D13" t="s">
         <v>9</v>
       </c>
       <c r="E13">
         <v>2008</v>
       </c>
       <c r="F13" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G13" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14">
         <v>12</v>
       </c>
       <c r="B14" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C14" s="4">
-        <v>9000</v>
+        <v>7500</v>
       </c>
       <c r="D14" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E14">
-        <v>2008</v>
+        <v>2023</v>
       </c>
       <c r="F14" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="G14" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15">
         <v>13</v>
       </c>
       <c r="B15" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="C15" s="4">
         <v>7500</v>
       </c>
       <c r="D15" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="E15">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F15" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="G15" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16">
         <v>14</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16" s="4">
-        <v>7500</v>
+        <v>9500</v>
       </c>
       <c r="D16" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="E16">
-        <v>2022</v>
+        <v>2008</v>
       </c>
       <c r="F16" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
       <c r="G16" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17">
         <v>15</v>
       </c>
       <c r="B17" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C17" s="4">
-        <v>9500</v>
+        <v>7200</v>
       </c>
       <c r="D17" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="E17">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="F17" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G17" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18">
         <v>16</v>
       </c>
       <c r="B18" t="s">
+        <v>38</v>
+      </c>
+      <c r="C18" s="4">
+        <v>7500</v>
+      </c>
+      <c r="D18" t="s">
+        <v>18</v>
+      </c>
+      <c r="E18">
+        <v>2017</v>
+      </c>
+      <c r="F18" t="s">
         <v>39</v>
       </c>
-      <c r="C18" s="4">
-[...10 lines deleted...]
-      </c>
       <c r="G18" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19">
         <v>17</v>
       </c>
       <c r="B19" t="s">
         <v>40</v>
       </c>
       <c r="C19" s="4">
         <v>7500</v>
       </c>
       <c r="D19" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="E19">
-        <v>2017</v>
+        <v>2011</v>
       </c>
       <c r="F19" t="s">
         <v>41</v>
       </c>
       <c r="G19" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20">
         <v>18</v>
       </c>
       <c r="B20" t="s">
         <v>42</v>
       </c>
       <c r="C20" s="4">
-        <v>7500</v>
+        <v>7200</v>
       </c>
       <c r="D20" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="E20">
-        <v>2011</v>
+        <v>2001</v>
       </c>
       <c r="F20" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="G20" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21">
         <v>19</v>
       </c>
       <c r="B21" t="s">
+        <v>43</v>
+      </c>
+      <c r="C21" s="4">
+        <v>7500</v>
+      </c>
+      <c r="D21" t="s">
+        <v>18</v>
+      </c>
+      <c r="E21">
+        <v>2002</v>
+      </c>
+      <c r="F21" t="s">
         <v>44</v>
       </c>
-      <c r="C21" s="4">
-[...10 lines deleted...]
-      </c>
       <c r="G21" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22">
         <v>20</v>
       </c>
       <c r="B22" t="s">
         <v>45</v>
       </c>
       <c r="C22" s="4">
         <v>7500</v>
       </c>
       <c r="D22" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="E22">
-        <v>2002</v>
+        <v>2016</v>
       </c>
       <c r="F22" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="G22" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23">
         <v>21</v>
       </c>
       <c r="B23" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="C23" s="4">
         <v>7500</v>
       </c>
       <c r="D23" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="E23">
-        <v>2016</v>
+        <v>2009</v>
       </c>
       <c r="F23" t="s">
         <v>41</v>
       </c>
       <c r="G23" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24">
         <v>22</v>
       </c>
       <c r="B24" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="C24" s="4">
         <v>7500</v>
       </c>
       <c r="D24" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="E24">
-        <v>2009</v>
+        <v>2016</v>
       </c>
       <c r="F24" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="G24" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25">
         <v>23</v>
       </c>
       <c r="B25" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="C25" s="4">
-        <v>7500</v>
+        <v>7200</v>
       </c>
       <c r="D25" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="E25">
-        <v>2016</v>
+        <v>2010</v>
       </c>
       <c r="F25" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="G25" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26">
         <v>24</v>
       </c>
       <c r="B26" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C26" s="4">
-        <v>7200</v>
+        <v>7500</v>
       </c>
       <c r="D26" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="E26">
-        <v>2010</v>
+        <v>2020</v>
       </c>
       <c r="F26" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="G26" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27">
         <v>25</v>
       </c>
       <c r="B27" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="C27" s="4">
         <v>7500</v>
       </c>
       <c r="D27" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="E27">
-        <v>2020</v>
+        <v>2002</v>
       </c>
       <c r="F27" t="s">
-        <v>37</v>
+        <v>51</v>
       </c>
       <c r="G27" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28">
         <v>26</v>
       </c>
       <c r="B28" t="s">
         <v>52</v>
       </c>
       <c r="C28" s="4">
-        <v>7500</v>
+        <v>9500</v>
       </c>
       <c r="D28" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="E28">
-        <v>2002</v>
+        <v>2006</v>
       </c>
       <c r="F28" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="G28" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29">
         <v>27</v>
       </c>
       <c r="B29" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="C29" s="4">
         <v>9500</v>
       </c>
       <c r="D29" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="E29">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="F29" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="G29" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30">
         <v>28</v>
       </c>
       <c r="B30" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="C30" s="4">
-        <v>9500</v>
+        <v>11000</v>
       </c>
       <c r="D30" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="E30">
-        <v>2007</v>
+        <v>2017</v>
       </c>
       <c r="F30" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="G30" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31">
         <v>29</v>
       </c>
       <c r="B31" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="C31" s="4">
         <v>11000</v>
       </c>
       <c r="D31" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="E31">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F31" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="G31" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32">
         <v>30</v>
       </c>
       <c r="B32" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="C32" s="4">
         <v>11000</v>
       </c>
       <c r="D32" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="E32">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="F32" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="G32" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33">
         <v>31</v>
       </c>
       <c r="B33" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="C33" s="4">
         <v>11000</v>
       </c>
       <c r="D33" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="E33">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F33" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="G33" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34">
         <v>32</v>
       </c>
       <c r="B34" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="C34" s="4">
         <v>11000</v>
       </c>
       <c r="D34" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="E34">
         <v>2016</v>
       </c>
       <c r="F34" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="G34" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35">
         <v>33</v>
       </c>
       <c r="B35" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="C35" s="4">
         <v>11000</v>
       </c>
       <c r="D35" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="E35">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F35" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="G35" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36">
         <v>34</v>
       </c>
       <c r="B36" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="C36" s="4">
         <v>11000</v>
       </c>
       <c r="D36" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="E36">
         <v>2015</v>
       </c>
       <c r="F36" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="G36" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37">
         <v>35</v>
       </c>
       <c r="B37" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C37" s="4">
         <v>11000</v>
       </c>
       <c r="D37" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="E37">
         <v>2015</v>
       </c>
       <c r="F37" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="G37" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38">
         <v>36</v>
       </c>
       <c r="B38" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="C38" s="4">
         <v>11000</v>
       </c>
       <c r="D38" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="E38">
         <v>2015</v>
       </c>
       <c r="F38" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="G38" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39">
         <v>37</v>
       </c>
       <c r="B39" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="C39" s="4">
         <v>11000</v>
       </c>
       <c r="D39" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="E39">
         <v>2015</v>
       </c>
       <c r="F39" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="G39" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40">
         <v>38</v>
       </c>
       <c r="B40" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C40" s="4">
-        <v>11000</v>
+        <v>8053</v>
       </c>
       <c r="D40" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="E40">
-        <v>2015</v>
+        <v>2007</v>
       </c>
       <c r="F40" t="s">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="G40" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41">
         <v>39</v>
       </c>
       <c r="B41" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C41" s="4">
-        <v>8053</v>
+        <v>8044</v>
       </c>
       <c r="D41" t="s">
         <v>9</v>
       </c>
       <c r="E41">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="F41" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="G41" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42">
         <v>40</v>
       </c>
       <c r="B42" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="C42" s="4">
-        <v>8044</v>
+        <v>8046</v>
       </c>
       <c r="D42" t="s">
         <v>9</v>
       </c>
       <c r="E42">
-        <v>2008</v>
+        <v>2007</v>
       </c>
       <c r="F42" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="G42" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43">
         <v>41</v>
       </c>
       <c r="B43" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="C43" s="4">
-        <v>8046</v>
+        <v>10054</v>
       </c>
       <c r="D43" t="s">
         <v>9</v>
       </c>
       <c r="E43">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="F43" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="G43" t="s">
-        <v>22</v>
+        <v>68</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44">
         <v>42</v>
       </c>
       <c r="B44" t="s">
         <v>69</v>
       </c>
       <c r="C44" s="4">
-        <v>10054</v>
+        <v>10038</v>
       </c>
       <c r="D44" t="s">
         <v>9</v>
       </c>
       <c r="E44">
         <v>2008</v>
       </c>
       <c r="F44" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="G44" t="s">
-        <v>70</v>
+        <v>20</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45">
         <v>43</v>
       </c>
       <c r="B45" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="C45" s="4">
-        <v>10038</v>
+        <v>10034</v>
       </c>
       <c r="D45" t="s">
         <v>9</v>
       </c>
       <c r="E45">
         <v>2008</v>
       </c>
       <c r="F45" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="G45" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46">
         <v>44</v>
       </c>
       <c r="B46" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="C46" s="4">
-        <v>10034</v>
+        <v>8049</v>
       </c>
       <c r="D46" t="s">
         <v>9</v>
       </c>
       <c r="E46">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="F46" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="G46" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47">
         <v>45</v>
       </c>
       <c r="B47" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="C47" s="4">
-        <v>8049</v>
+        <v>9104</v>
       </c>
       <c r="D47" t="s">
         <v>9</v>
       </c>
       <c r="E47">
-        <v>2009</v>
+        <v>2008</v>
       </c>
       <c r="F47" t="s">
-        <v>31</v>
+        <v>15</v>
       </c>
       <c r="G47" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48">
         <v>46</v>
       </c>
       <c r="B48" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C48" s="4">
-        <v>9104</v>
+        <v>9108</v>
       </c>
       <c r="D48" t="s">
         <v>9</v>
       </c>
       <c r="E48">
         <v>2008</v>
       </c>
       <c r="F48" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G48" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49">
         <v>47</v>
       </c>
       <c r="B49" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="C49" s="4">
-        <v>9108</v>
+        <v>9104</v>
       </c>
       <c r="D49" t="s">
         <v>9</v>
       </c>
       <c r="E49">
         <v>2008</v>
       </c>
       <c r="F49" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G49" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50">
         <v>48</v>
       </c>
       <c r="B50" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="C50" s="4">
-        <v>9104</v>
+        <v>6554</v>
       </c>
       <c r="D50" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="E50">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="F50" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G50" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51">
         <v>49</v>
       </c>
       <c r="B51" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="C51" s="4">
-        <v>6554</v>
+        <v>8055</v>
       </c>
       <c r="D51" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="E51">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="F51" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="G51" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52">
         <v>50</v>
       </c>
       <c r="B52" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="C52" s="4">
-        <v>8055</v>
+        <v>9500</v>
       </c>
       <c r="D52" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E52">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="F52" t="s">
-        <v>31</v>
+        <v>19</v>
       </c>
       <c r="G52" t="s">
-        <v>22</v>
-[...22 lines deleted...]
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>